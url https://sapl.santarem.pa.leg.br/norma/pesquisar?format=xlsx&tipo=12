--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -10,127 +10,137 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="476" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="483" uniqueCount="248">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>6028</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>RES</t>
+  </si>
+  <si>
+    <t>Resolução</t>
+  </si>
+  <si>
+    <t>https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2025/6028/resolucao_003_programa_camara_cidada_na_camara_municipal_de_santarem_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>CRIA O PROGRAMA CÂMARA CIDADÃ NA CÂMARA MUNICIPAL DE SANTARÉM E DÁ OUTRAS PROVIDÊNCIAS._x000D_
+(AUTORIA: JANDER ILSON PEREIRA).</t>
+  </si>
+  <si>
     <t>5899</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>2</t>
-  </si>
-[...4 lines deleted...]
-    <t>Resolução</t>
   </si>
   <si>
     <t>https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2025/5899/res_002_de_03_de_nov_de_2025_altera_o_art._29_a_da_resol_002_de_1990__reg_int_nomenclat_6a_comissao.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO VI DO ART. 29-A DA LEI MUNICIPAL Nº 20.961 DE 2020 QUE TRATA DA NOMENCLATURA DA 6ª COMISSÃO ALTERANDO-A PARA "DEFESA DOS DIREITOS HUMANOS, JUVENTUDE, ENFRENTAMENTO EPREVENÇÃO DO USO DE DROGAS E SEGURANÇA PÚBLICA". _x000D_
 AUTORIA: 6ª COMISSÃO PERMANENTE DA 20ª LEGISLATURA (2025-2028).</t>
   </si>
   <si>
     <t>5660</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2025/5660/res_001_de_24_de_fev_de_2025_altera_o_art._91_sessoes_ord_seg_e_ter_famep_homologada.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 91-A DA RESOLUÇÃO Nº 02 DE 05 DE SETEMBRO DE 1990 -— REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTARÉM. AUTORIA: VEREADOR JANDER ILSON.</t>
   </si>
   <si>
     <t>5514</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2024/5514/resolucao_n_004_de_10_12_2024_altera_regimento_interno_famep.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA RESOLUÇÃO Nº 02 DE 05 DE SETEMBRO DE 1990 — REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SANTARÉM._x000D_
 AUTORIA: 2ª COMISSÃO</t>
   </si>
   <si>
     <t>5248</t>
-  </si>
-[...1 lines deleted...]
-    <t>3</t>
   </si>
   <si>
     <t>https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2024/5248/resolucao_n_003_de_22_04_2024_mesa_diretora__regulamenta_a_aplicacao_da_lei_no_13.709_de_14_de_agosto_de_2018_lgpd_na_cms_homologada_pela_famep.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A APLICAÇÃO DA LEI Nº 13.709, DE 14 DE AGOSTO DE 2018 - LGPD, NO ÂMBITO DA CÂMARA MUNICIPAL DE SANTARÉM E DÁ OUTRAS PROVIDÊNCIAS. AUTORIA: MESA DIRETORA.</t>
   </si>
   <si>
     <t>5245</t>
   </si>
   <si>
     <t>https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2024/5245/resolucao_n_002_2024_mesa_diretoraregulamenta_a_lei_federal_no_14.129_2021_que_dispoe_sobre_o_governo_digital_cms_.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA LEI FEDERAL N° 14.129/2021, QUE DISPÕE SOBRE O GOVERNO DIGITAL NO ÂMBITO DA CÂMARA MUNICIPAL DE SANTARÉM E DÁ OUTRAS PROVIDÊNCIAS. AUTORIA: MESA DIRETORA.</t>
   </si>
   <si>
     <t>5232</t>
   </si>
   <si>
     <t>https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2024/5232/resolucao_n_001_de_13_03_2024_mesa_diretora_disp_sobre_a_concess_aplic_e_prest_de_contas_de_suprim_de_fundos_na_cms.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO, APLICAÇÃO E PRESTAÇÃO DE CONTAS DE SUPRIMENTO DE FUNDOS NO ÂMBITO DA CÂMARA MUNICIPAL  DE SANTARÉM E DÁ OUTRAS PROVIDÊNCIAS. AUTORIA: MESA DIRETORA.</t>
   </si>
@@ -1101,56 +1111,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2025/5899/res_002_de_03_de_nov_de_2025_altera_o_art._29_a_da_resol_002_de_1990__reg_int_nomenclat_6a_comissao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2025/5660/res_001_de_24_de_fev_de_2025_altera_o_art._91_sessoes_ord_seg_e_ter_famep_homologada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2024/5514/resolucao_n_004_de_10_12_2024_altera_regimento_interno_famep.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2024/5248/resolucao_n_003_de_22_04_2024_mesa_diretora__regulamenta_a_aplicacao_da_lei_no_13.709_de_14_de_agosto_de_2018_lgpd_na_cms_homologada_pela_famep.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2024/5245/resolucao_n_002_2024_mesa_diretoraregulamenta_a_lei_federal_no_14.129_2021_que_dispoe_sobre_o_governo_digital_cms_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2024/5232/resolucao_n_001_de_13_03_2024_mesa_diretora_disp_sobre_a_concess_aplic_e_prest_de_contas_de_suprim_de_fundos_na_cms.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2023/5057/resol_005_2023_de_20_11_2023_mesa_diretora_instit_no_amb_do_poder_leg_sess_solene_sob_a_campanha_da_fraternidad__a_ser_realizada_no_period_da_quaresma.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2023/5046/resolucao_004_2023_de_25_de_outubro_de_2023_verba_de_gabinete_dos_vereadores_homologada_30_10_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2023/4993/resolucao_003_2023_de_28_de_junho_de_2023regulamenta_e_disciplina_o_uso_de_embarcacoes_de_propriedade_e_locadas_para_atender_as_necessidades_da_camara_municipal_de_santarem.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2023/4992/resolucao_002_2023_de_28_de_junho_de_2023_regulamenta_e_disciplina_o_uso_de_veiculos_oficiais_da_camara_municipal_de_santarem.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2023/4929/resolucao_001_de_06_de_marco_2023_publicada_na_famep_em_09_03_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2022/3976/resolucao_n_004_de_19_12_2022_mesa_diretora_dispoe_sobre_a_criacao_do_memorial_leg_helcio_amaral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2022/3975/resolucao_003_2022_mesa_diretora_altera_a_resol_no_002_de_05_09_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2022/3960/resol_n_002_2022_de_13_12_2022_mesa_diretora_disp_sobre_a_denom_do_memorial_leg_da_cms_e_da_outras_prov.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2022/3554/resolucao_001_2022_altera_regimento_interno_07_02_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2021/3270/resol_006_18_10_2021_cria_a_procuradoria_da_mulher_em_stm.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2021/2415/resol_005_2021_16_06_2021_mesa_diretora_disp_sob_o_proc_as_consg_de_folha_de_pag_na_cms_homologada_pela_famep_pdf.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2021/2391/resol_004_2021_dispoe_sobre_a_criacao_da_comenda_do_merito_futebol_09_06_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2021/2390/resolucao_n_003_2021_dispoe_sobre_a_transmissao_virtual_das_sessoes_plenarias_da_camara_municipal_de_santarem_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2021/2389/resolucao_n_002_2021_reg_a_pub_e_transm_do_proc_de_prest_de_contas_e_apresentacao_de_bal_cont__de_form_analitica.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2021/2384/4_proj_resol_001_2021_readacao_final_cms_19_05_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2020/2289/resolucao_n_002_2020_fixacao_subsidios_para_19_legislatura_2021_a_2024_diario_ofical_29_12_2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2020/2290/resolucao_n_001_2020_interpetre_de_lingua_de_sinais_diario_ofical_29_12_2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2019/1808/res_003_2019_de_04_11_2019_altera_resolucao_002_2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2019/1809/res_002_2019_07_10_2019_verba_indenizatoria_e_com_pe_qb87Mpm.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2019/1810/res_001_2019_29_04_2019_verba_indenizatoria_gab_vereadores.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2020/1811/res_002_2018_25_06_2018_limite_finaceiro_de_despesa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2018/1797/res_001_2018_27_03_2018_dispoe_denom_ala_ver_marcilio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1798/res_010_2017_19_12_2017_dispoe_limite_de_remun_globasl.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1812/res_009_2017_19_12_2017_recesso_natalino_de_2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1807/res_008_2017_12_12_2017_institui_o_premio_camara_ami_iL588Is.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2020/1806/res_007_2017_22_11_2017_institui_o_boletim_adm_da_cms.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1813/resolucao_006_2017_de_25_09_2017_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1814/resolucao_005_2017_de_12_09_2017_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1815/res_004_2017_12_09_2017_mesa_dir_cms_diarias_e_passa_w0zIoKj.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1799/res_010_2017_19_12_2017_dispoe_limite_de_remun_globasl.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1800/res_002_2017_04_09_2017_altera_o_art_25_a_da_resol_02_1990_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1801/res_001_2017_12_06_2017_dispoe_sobre_o_uso_de_veicul_fzFBcLF.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2016/1805/res_002_2016_13_12_2016_regulamenta_art_9a_da_lei_12527_2011.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2016/1816/res_001_2016_de_13_12_2016_cria_programa_escola_na_camara.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/1899/5_resolucao_006_2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/1907/resolucao_005_2015_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/1900/3_resolucao_004_2015.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/1802/res_003_2015_30_06_2015_cria_e_denom_plenario_dos_ex_IpAWLX7.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/1803/res_002_2015_09_03_2015_conv._1_suplente_para_assumir_a_ver..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/1804/res_001_2015_09_03_2015_licencia_ver_valdir_matias.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/3561/res_002_2015_09_03_2015_conv._1_suplente_para_assumir_a_ver..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2014/1937/14_resolucao_001_2014_de_25_11_2014_altera_regimento_interno_pub.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2013/1913/resolucao_006_2013_de_27_03_2013_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2013/1914/resolucao_005_2013_de_20_02_2013_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2012/1922/resolucao_008_2012_de_11_12_2012_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2012/1817/resolucao_007_2012_camara_santarem_cargos_comissao.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2012/1901/resolucao_005_2012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2010/1902/res_002_2010.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2010/1916/resolucao_003_2010_de_02_08_2010_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2009/1924/resolucao_005_14_09_2009_altera_redacao_do_art._92_da_resol_002_90.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2008/2372/resolucao_007_2008_-_programa_vereador_mirim.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2008/1919/resolucao_004_2008_de_19_08_2008_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2006/1918/resolucao_001_2006_de_01_08_2006_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2005/1915/resolucao_002_2005_de_15_06_2005_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2002/1920/resolucao_005_2002_de_14_05_2002_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2002/1903/resolucao_001_2002.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2001/1917/resolucao_004_2001_de_20_11_2001_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/1998/1912/resolucao_006_1998_de_10_11_1998_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/1997/1923/resolucao_012_1997_de_10_12_1997_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/1997/1911/resolucao_003_19_02_1997_altera_redacao_dos_art._92_95_98_e_99_da_resol_002_90.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/1993/1921/resolucao_001_1993_de_11_03_1993_altera_regimento_interno.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2025/6028/resolucao_003_programa_camara_cidada_na_camara_municipal_de_santarem_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2025/5899/res_002_de_03_de_nov_de_2025_altera_o_art._29_a_da_resol_002_de_1990__reg_int_nomenclat_6a_comissao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2025/5660/res_001_de_24_de_fev_de_2025_altera_o_art._91_sessoes_ord_seg_e_ter_famep_homologada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2024/5514/resolucao_n_004_de_10_12_2024_altera_regimento_interno_famep.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2024/5248/resolucao_n_003_de_22_04_2024_mesa_diretora__regulamenta_a_aplicacao_da_lei_no_13.709_de_14_de_agosto_de_2018_lgpd_na_cms_homologada_pela_famep.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2024/5245/resolucao_n_002_2024_mesa_diretoraregulamenta_a_lei_federal_no_14.129_2021_que_dispoe_sobre_o_governo_digital_cms_.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2024/5232/resolucao_n_001_de_13_03_2024_mesa_diretora_disp_sobre_a_concess_aplic_e_prest_de_contas_de_suprim_de_fundos_na_cms.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2023/5057/resol_005_2023_de_20_11_2023_mesa_diretora_instit_no_amb_do_poder_leg_sess_solene_sob_a_campanha_da_fraternidad__a_ser_realizada_no_period_da_quaresma.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2023/5046/resolucao_004_2023_de_25_de_outubro_de_2023_verba_de_gabinete_dos_vereadores_homologada_30_10_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2023/4993/resolucao_003_2023_de_28_de_junho_de_2023regulamenta_e_disciplina_o_uso_de_embarcacoes_de_propriedade_e_locadas_para_atender_as_necessidades_da_camara_municipal_de_santarem.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2023/4992/resolucao_002_2023_de_28_de_junho_de_2023_regulamenta_e_disciplina_o_uso_de_veiculos_oficiais_da_camara_municipal_de_santarem.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2023/4929/resolucao_001_de_06_de_marco_2023_publicada_na_famep_em_09_03_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2022/3976/resolucao_n_004_de_19_12_2022_mesa_diretora_dispoe_sobre_a_criacao_do_memorial_leg_helcio_amaral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2022/3975/resolucao_003_2022_mesa_diretora_altera_a_resol_no_002_de_05_09_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2022/3960/resol_n_002_2022_de_13_12_2022_mesa_diretora_disp_sobre_a_denom_do_memorial_leg_da_cms_e_da_outras_prov.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2022/3554/resolucao_001_2022_altera_regimento_interno_07_02_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2021/3270/resol_006_18_10_2021_cria_a_procuradoria_da_mulher_em_stm.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2021/2415/resol_005_2021_16_06_2021_mesa_diretora_disp_sob_o_proc_as_consg_de_folha_de_pag_na_cms_homologada_pela_famep_pdf.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2021/2391/resol_004_2021_dispoe_sobre_a_criacao_da_comenda_do_merito_futebol_09_06_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2021/2390/resolucao_n_003_2021_dispoe_sobre_a_transmissao_virtual_das_sessoes_plenarias_da_camara_municipal_de_santarem_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2021/2389/resolucao_n_002_2021_reg_a_pub_e_transm_do_proc_de_prest_de_contas_e_apresentacao_de_bal_cont__de_form_analitica.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2021/2384/4_proj_resol_001_2021_readacao_final_cms_19_05_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2020/2289/resolucao_n_002_2020_fixacao_subsidios_para_19_legislatura_2021_a_2024_diario_ofical_29_12_2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2020/2290/resolucao_n_001_2020_interpetre_de_lingua_de_sinais_diario_ofical_29_12_2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2019/1808/res_003_2019_de_04_11_2019_altera_resolucao_002_2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2019/1809/res_002_2019_07_10_2019_verba_indenizatoria_e_com_pe_qb87Mpm.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2019/1810/res_001_2019_29_04_2019_verba_indenizatoria_gab_vereadores.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2020/1811/res_002_2018_25_06_2018_limite_finaceiro_de_despesa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2018/1797/res_001_2018_27_03_2018_dispoe_denom_ala_ver_marcilio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1798/res_010_2017_19_12_2017_dispoe_limite_de_remun_globasl.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1812/res_009_2017_19_12_2017_recesso_natalino_de_2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1807/res_008_2017_12_12_2017_institui_o_premio_camara_ami_iL588Is.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2020/1806/res_007_2017_22_11_2017_institui_o_boletim_adm_da_cms.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1813/resolucao_006_2017_de_25_09_2017_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1814/resolucao_005_2017_de_12_09_2017_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1815/res_004_2017_12_09_2017_mesa_dir_cms_diarias_e_passa_w0zIoKj.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1799/res_010_2017_19_12_2017_dispoe_limite_de_remun_globasl.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1800/res_002_2017_04_09_2017_altera_o_art_25_a_da_resol_02_1990_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2017/1801/res_001_2017_12_06_2017_dispoe_sobre_o_uso_de_veicul_fzFBcLF.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2016/1805/res_002_2016_13_12_2016_regulamenta_art_9a_da_lei_12527_2011.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2016/1816/res_001_2016_de_13_12_2016_cria_programa_escola_na_camara.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/1899/5_resolucao_006_2015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/1907/resolucao_005_2015_.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/1900/3_resolucao_004_2015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/1802/res_003_2015_30_06_2015_cria_e_denom_plenario_dos_ex_IpAWLX7.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/1803/res_002_2015_09_03_2015_conv._1_suplente_para_assumir_a_ver..pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/1804/res_001_2015_09_03_2015_licencia_ver_valdir_matias.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2015/3561/res_002_2015_09_03_2015_conv._1_suplente_para_assumir_a_ver..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2014/1937/14_resolucao_001_2014_de_25_11_2014_altera_regimento_interno_pub.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2013/1913/resolucao_006_2013_de_27_03_2013_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2013/1914/resolucao_005_2013_de_20_02_2013_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2012/1922/resolucao_008_2012_de_11_12_2012_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2012/1817/resolucao_007_2012_camara_santarem_cargos_comissao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2012/1901/resolucao_005_2012.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2010/1902/res_002_2010.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2010/1916/resolucao_003_2010_de_02_08_2010_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2009/1924/resolucao_005_14_09_2009_altera_redacao_do_art._92_da_resol_002_90.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2008/2372/resolucao_007_2008_-_programa_vereador_mirim.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2008/1919/resolucao_004_2008_de_19_08_2008_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2006/1918/resolucao_001_2006_de_01_08_2006_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2005/1915/resolucao_002_2005_de_15_06_2005_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2002/1920/resolucao_005_2002_de_14_05_2002_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2002/1903/resolucao_001_2002.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/2001/1917/resolucao_004_2001_de_20_11_2001_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/1998/1912/resolucao_006_1998_de_10_11_1998_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/1997/1923/resolucao_012_1997_de_10_12_1997_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/1997/1911/resolucao_003_19_02_1997_altera_redacao_dos_art._92_95_98_e_99_da_resol_002_90.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santarem.pa.leg.br/media/sapl/public/normajuridica/1993/1921/resolucao_001_1993_de_11_03_1993_altera_regimento_interno.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G68"/>
+  <dimension ref="A1:G69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="246" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1194,1538 +1204,1561 @@
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
         <v>19</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" s="1" t="s">
+      <c r="G4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>9</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C8" t="s">
+      <c r="G8" t="s">
         <v>35</v>
-      </c>
-[...10 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>39</v>
       </c>
       <c r="G9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>41</v>
       </c>
       <c r="B10" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C10" t="s">
         <v>24</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G10" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C11" t="s">
         <v>9</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="G11" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>47</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
         <v>15</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>50</v>
       </c>
       <c r="B13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" t="s">
+        <v>19</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C13" t="s">
-[...8 lines deleted...]
-      <c r="F13" s="1" t="s">
+      <c r="G13" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>53</v>
+      </c>
+      <c r="B14" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C14" t="s">
         <v>24</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>55</v>
       </c>
       <c r="G14" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>57</v>
       </c>
       <c r="B15" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>60</v>
       </c>
       <c r="B16" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C16" t="s">
         <v>15</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>61</v>
       </c>
       <c r="G16" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>63</v>
       </c>
       <c r="B17" t="s">
+        <v>54</v>
+      </c>
+      <c r="C17" t="s">
+        <v>19</v>
+      </c>
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C17" t="s">
+      <c r="G17" t="s">
         <v>65</v>
-      </c>
-[...10 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
+        <v>66</v>
+      </c>
+      <c r="B18" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>69</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>71</v>
       </c>
       <c r="B19" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C19" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G19" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>74</v>
       </c>
       <c r="B20" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C20" t="s">
         <v>24</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>75</v>
       </c>
       <c r="G20" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>77</v>
       </c>
       <c r="B21" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>78</v>
       </c>
       <c r="G21" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>80</v>
       </c>
       <c r="B22" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C22" t="s">
         <v>15</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>81</v>
       </c>
       <c r="G22" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>83</v>
       </c>
       <c r="B23" t="s">
+        <v>67</v>
+      </c>
+      <c r="C23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C23" t="s">
-[...8 lines deleted...]
-      <c r="F23" s="1" t="s">
+      <c r="G23" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>86</v>
+      </c>
+      <c r="B24" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="C24" t="s">
         <v>15</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>88</v>
       </c>
       <c r="G24" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>90</v>
       </c>
       <c r="B25" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" t="s">
+        <v>19</v>
+      </c>
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C25" t="s">
-[...8 lines deleted...]
-      <c r="F25" s="1" t="s">
+      <c r="G25" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
+        <v>93</v>
+      </c>
+      <c r="B26" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>95</v>
       </c>
       <c r="G26" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>97</v>
       </c>
       <c r="B27" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C27" t="s">
         <v>15</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>98</v>
       </c>
       <c r="G27" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>100</v>
       </c>
       <c r="B28" t="s">
+        <v>94</v>
+      </c>
+      <c r="C28" t="s">
+        <v>19</v>
+      </c>
+      <c r="D28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="C28" t="s">
-[...8 lines deleted...]
-      <c r="F28" s="1" t="s">
+      <c r="G28" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>103</v>
+      </c>
+      <c r="B29" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C29" t="s">
         <v>15</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>105</v>
       </c>
       <c r="G29" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>107</v>
       </c>
       <c r="B30" t="s">
+        <v>104</v>
+      </c>
+      <c r="C30" t="s">
+        <v>19</v>
+      </c>
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C30" t="s">
+      <c r="G30" t="s">
         <v>109</v>
-      </c>
-[...10 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
+        <v>110</v>
+      </c>
+      <c r="B31" t="s">
+        <v>111</v>
+      </c>
+      <c r="C31" t="s">
         <v>112</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="D31" t="s">
-[...5 lines deleted...]
-      <c r="F31" s="1" t="s">
+      <c r="G31" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
+        <v>115</v>
+      </c>
+      <c r="B32" t="s">
+        <v>111</v>
+      </c>
+      <c r="C32" t="s">
         <v>116</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="D32" t="s">
-[...5 lines deleted...]
-      <c r="F32" s="1" t="s">
+      <c r="G32" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
+        <v>119</v>
+      </c>
+      <c r="B33" t="s">
+        <v>111</v>
+      </c>
+      <c r="C33" t="s">
         <v>120</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="D33" t="s">
-[...5 lines deleted...]
-      <c r="F33" s="1" t="s">
+      <c r="G33" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
+        <v>123</v>
+      </c>
+      <c r="B34" t="s">
+        <v>111</v>
+      </c>
+      <c r="C34" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>125</v>
       </c>
       <c r="G34" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>127</v>
       </c>
       <c r="B35" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C35" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>128</v>
       </c>
       <c r="G35" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>130</v>
       </c>
       <c r="B36" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C36" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>131</v>
       </c>
       <c r="G36" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>133</v>
       </c>
       <c r="B37" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C37" t="s">
         <v>24</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>134</v>
       </c>
       <c r="G37" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>136</v>
       </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C38" t="s">
         <v>9</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>137</v>
       </c>
       <c r="G38" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>139</v>
       </c>
       <c r="B39" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C39" t="s">
         <v>15</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>140</v>
       </c>
       <c r="G39" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>142</v>
       </c>
       <c r="B40" t="s">
+        <v>111</v>
+      </c>
+      <c r="C40" t="s">
+        <v>19</v>
+      </c>
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="C40" t="s">
-[...8 lines deleted...]
-      <c r="F40" s="1" t="s">
+      <c r="G40" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>145</v>
+      </c>
+      <c r="B41" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="C41" t="s">
         <v>15</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>147</v>
       </c>
       <c r="G41" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>149</v>
       </c>
       <c r="B42" t="s">
+        <v>146</v>
+      </c>
+      <c r="C42" t="s">
+        <v>19</v>
+      </c>
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C42" t="s">
-[...8 lines deleted...]
-      <c r="F42" s="1" t="s">
+      <c r="G42" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
+        <v>152</v>
+      </c>
+      <c r="B43" t="s">
         <v>153</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>154</v>
       </c>
       <c r="G43" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>156</v>
       </c>
       <c r="B44" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C44" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>157</v>
       </c>
       <c r="G44" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>159</v>
       </c>
       <c r="B45" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C45" t="s">
         <v>24</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>160</v>
       </c>
       <c r="G45" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>162</v>
       </c>
       <c r="B46" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C46" t="s">
         <v>9</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>163</v>
       </c>
       <c r="G46" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>165</v>
       </c>
       <c r="B47" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C47" t="s">
         <v>15</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>166</v>
       </c>
       <c r="G47" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>168</v>
       </c>
       <c r="B48" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C48" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>169</v>
       </c>
       <c r="G48" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>171</v>
       </c>
       <c r="B49" t="s">
+        <v>153</v>
+      </c>
+      <c r="C49" t="s">
+        <v>19</v>
+      </c>
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="C49" t="s">
-[...8 lines deleted...]
-      <c r="F49" s="1" t="s">
+      <c r="G49" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>174</v>
+      </c>
+      <c r="B50" t="s">
         <v>175</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
+        <v>19</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="C50" t="s">
-[...8 lines deleted...]
-      <c r="F50" s="1" t="s">
+      <c r="G50" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>178</v>
+      </c>
+      <c r="B51" t="s">
         <v>179</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>180</v>
       </c>
       <c r="G51" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>182</v>
       </c>
       <c r="B52" t="s">
+        <v>179</v>
+      </c>
+      <c r="C52" t="s">
+        <v>38</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C52" t="s">
-[...8 lines deleted...]
-      <c r="F52" s="1" t="s">
+      <c r="G52" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
+        <v>185</v>
+      </c>
+      <c r="B53" t="s">
         <v>186</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>187</v>
       </c>
       <c r="G53" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>189</v>
       </c>
       <c r="B54" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C54" t="s">
-        <v>35</v>
+        <v>124</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>190</v>
       </c>
       <c r="G54" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>192</v>
       </c>
       <c r="B55" t="s">
+        <v>186</v>
+      </c>
+      <c r="C55" t="s">
+        <v>38</v>
+      </c>
+      <c r="D55" t="s">
+        <v>10</v>
+      </c>
+      <c r="E55" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C55" t="s">
-[...8 lines deleted...]
-      <c r="F55" s="1" t="s">
+      <c r="G55" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
+        <v>195</v>
+      </c>
+      <c r="B56" t="s">
         <v>196</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>197</v>
       </c>
       <c r="G56" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>199</v>
       </c>
       <c r="B57" t="s">
+        <v>196</v>
+      </c>
+      <c r="C57" t="s">
+        <v>9</v>
+      </c>
+      <c r="D57" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="C57" t="s">
-[...8 lines deleted...]
-      <c r="F57" s="1" t="s">
+      <c r="G57" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
+        <v>202</v>
+      </c>
+      <c r="B58" t="s">
         <v>203</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
+        <v>38</v>
+      </c>
+      <c r="D58" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="C58" t="s">
-[...8 lines deleted...]
-      <c r="F58" s="1" t="s">
+      <c r="G58" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
+        <v>206</v>
+      </c>
+      <c r="B59" t="s">
         <v>207</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" t="s">
-        <v>20</v>
+        <v>124</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>208</v>
       </c>
       <c r="G59" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>210</v>
       </c>
       <c r="B60" t="s">
+        <v>207</v>
+      </c>
+      <c r="C60" t="s">
+        <v>24</v>
+      </c>
+      <c r="D60" t="s">
+        <v>10</v>
+      </c>
+      <c r="E60" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="C60" t="s">
-[...8 lines deleted...]
-      <c r="F60" s="1" t="s">
+      <c r="G60" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
+        <v>213</v>
+      </c>
+      <c r="B61" t="s">
         <v>214</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
+        <v>19</v>
+      </c>
+      <c r="D61" t="s">
+        <v>10</v>
+      </c>
+      <c r="E61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="C61" t="s">
-[...8 lines deleted...]
-      <c r="F61" s="1" t="s">
+      <c r="G61" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
+        <v>217</v>
+      </c>
+      <c r="B62" t="s">
         <v>218</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
+        <v>15</v>
+      </c>
+      <c r="D62" t="s">
+        <v>10</v>
+      </c>
+      <c r="E62" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="C62" t="s">
-[...8 lines deleted...]
-      <c r="F62" s="1" t="s">
+      <c r="G62" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
+        <v>221</v>
+      </c>
+      <c r="B63" t="s">
         <v>222</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>223</v>
       </c>
       <c r="G63" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>225</v>
       </c>
       <c r="B64" t="s">
+        <v>222</v>
+      </c>
+      <c r="C64" t="s">
+        <v>19</v>
+      </c>
+      <c r="D64" t="s">
+        <v>10</v>
+      </c>
+      <c r="E64" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="C64" t="s">
-[...8 lines deleted...]
-      <c r="F64" s="1" t="s">
+      <c r="G64" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
+        <v>228</v>
+      </c>
+      <c r="B65" t="s">
         <v>229</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="C65" t="s">
-[...8 lines deleted...]
-      <c r="F65" s="1" t="s">
+      <c r="G65" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
+        <v>232</v>
+      </c>
+      <c r="B66" t="s">
         <v>233</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
+        <v>68</v>
+      </c>
+      <c r="D66" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="C66" t="s">
+      <c r="G66" t="s">
         <v>235</v>
-      </c>
-[...10 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
+        <v>236</v>
+      </c>
+      <c r="B67" t="s">
+        <v>237</v>
+      </c>
+      <c r="C67" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>239</v>
       </c>
       <c r="G67" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>241</v>
       </c>
       <c r="B68" t="s">
+        <v>237</v>
+      </c>
+      <c r="C68" t="s">
+        <v>9</v>
+      </c>
+      <c r="D68" t="s">
+        <v>10</v>
+      </c>
+      <c r="E68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="C68" t="s">
-[...8 lines deleted...]
-      <c r="F68" s="1" t="s">
+      <c r="G68" t="s">
         <v>243</v>
       </c>
-      <c r="G68" t="s">
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" t="s">
         <v>244</v>
+      </c>
+      <c r="B69" t="s">
+        <v>245</v>
+      </c>
+      <c r="C69" t="s">
+        <v>19</v>
+      </c>
+      <c r="D69" t="s">
+        <v>10</v>
+      </c>
+      <c r="E69" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="G69" t="s">
+        <v>247</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -2753,50 +2786,51 @@
     <hyperlink ref="F44" r:id="rId43"/>
     <hyperlink ref="F45" r:id="rId44"/>
     <hyperlink ref="F46" r:id="rId45"/>
     <hyperlink ref="F47" r:id="rId46"/>
     <hyperlink ref="F48" r:id="rId47"/>
     <hyperlink ref="F49" r:id="rId48"/>
     <hyperlink ref="F50" r:id="rId49"/>
     <hyperlink ref="F51" r:id="rId50"/>
     <hyperlink ref="F52" r:id="rId51"/>
     <hyperlink ref="F53" r:id="rId52"/>
     <hyperlink ref="F54" r:id="rId53"/>
     <hyperlink ref="F55" r:id="rId54"/>
     <hyperlink ref="F56" r:id="rId55"/>
     <hyperlink ref="F57" r:id="rId56"/>
     <hyperlink ref="F58" r:id="rId57"/>
     <hyperlink ref="F59" r:id="rId58"/>
     <hyperlink ref="F60" r:id="rId59"/>
     <hyperlink ref="F61" r:id="rId60"/>
     <hyperlink ref="F62" r:id="rId61"/>
     <hyperlink ref="F63" r:id="rId62"/>
     <hyperlink ref="F64" r:id="rId63"/>
     <hyperlink ref="F65" r:id="rId64"/>
     <hyperlink ref="F66" r:id="rId65"/>
     <hyperlink ref="F67" r:id="rId66"/>
     <hyperlink ref="F68" r:id="rId67"/>
+    <hyperlink ref="F69" r:id="rId68"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>