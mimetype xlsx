--- v0 (2025-11-02)
+++ v1 (2025-12-27)
@@ -10,77 +10,194 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="443" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="521" uniqueCount="267">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
+    <t>640</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>15:00</t>
+  </si>
+  <si>
+    <t>18:00</t>
+  </si>
+  <si>
+    <t>78ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>639</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>77ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>638</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>76ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>637</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>75ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>636</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>74ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>635</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>73ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>634</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>72ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>633</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>71ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>632</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>70ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>631</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>69ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>630</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>68ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>629</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>67ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>628</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>66ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
     <t>626</t>
   </si>
   <si>
     <t>2025-10-28</t>
-  </si>
-[...4 lines deleted...]
-    <t>18:00</t>
   </si>
   <si>
     <t>65ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>2025-10-21</t>
   </si>
   <si>
     <t>64ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>2025-10-20</t>
   </si>
   <si>
     <t>63ª Sessão Ordinária do 2º Semestre de 2025 da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>623</t>
   </si>
@@ -1029,51 +1146,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F74"/>
+  <dimension ref="A1:F87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="78.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1216,50 +1333,53 @@
         <v>7</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>8</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>7</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
+      <c r="E9" t="s">
+        <v>8</v>
+      </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>31</v>
       </c>
       <c r="B10" t="s">
         <v>32</v>
       </c>
       <c r="C10" t="s">
         <v>7</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>8</v>
       </c>
       <c r="F10" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:6">
@@ -1328,57 +1448,57 @@
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>7</v>
       </c>
       <c r="D14" t="s">
         <v>44</v>
       </c>
       <c r="E14" t="s">
         <v>8</v>
       </c>
       <c r="F14" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>46</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D15" t="s">
         <v>47</v>
       </c>
       <c r="E15" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F15" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>49</v>
       </c>
       <c r="B16" t="s">
         <v>50</v>
       </c>
       <c r="C16" t="s">
         <v>7</v>
       </c>
       <c r="D16" t="s">
         <v>50</v>
       </c>
       <c r="E16" t="s">
         <v>8</v>
       </c>
       <c r="F16" t="s">
         <v>51</v>
       </c>
     </row>
@@ -1473,53 +1593,50 @@
         <v>7</v>
       </c>
       <c r="D21" t="s">
         <v>65</v>
       </c>
       <c r="E21" t="s">
         <v>8</v>
       </c>
       <c r="F21" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>67</v>
       </c>
       <c r="B22" t="s">
         <v>68</v>
       </c>
       <c r="C22" t="s">
         <v>7</v>
       </c>
       <c r="D22" t="s">
         <v>68</v>
       </c>
-      <c r="E22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>70</v>
       </c>
       <c r="B23" t="s">
         <v>71</v>
       </c>
       <c r="C23" t="s">
         <v>7</v>
       </c>
       <c r="D23" t="s">
         <v>71</v>
       </c>
       <c r="E23" t="s">
         <v>8</v>
       </c>
       <c r="F23" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="24" spans="1:6">
@@ -1588,57 +1705,57 @@
       </c>
       <c r="B27" t="s">
         <v>83</v>
       </c>
       <c r="C27" t="s">
         <v>7</v>
       </c>
       <c r="D27" t="s">
         <v>83</v>
       </c>
       <c r="E27" t="s">
         <v>8</v>
       </c>
       <c r="F27" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>85</v>
       </c>
       <c r="B28" t="s">
         <v>86</v>
       </c>
       <c r="C28" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D28" t="s">
         <v>86</v>
       </c>
       <c r="E28" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F28" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>88</v>
       </c>
       <c r="B29" t="s">
         <v>89</v>
       </c>
       <c r="C29" t="s">
         <v>7</v>
       </c>
       <c r="D29" t="s">
         <v>89</v>
       </c>
       <c r="E29" t="s">
         <v>8</v>
       </c>
       <c r="F29" t="s">
         <v>90</v>
       </c>
     </row>
@@ -2188,380 +2305,640 @@
       </c>
       <c r="B57" t="s">
         <v>173</v>
       </c>
       <c r="C57" t="s">
         <v>7</v>
       </c>
       <c r="D57" t="s">
         <v>173</v>
       </c>
       <c r="E57" t="s">
         <v>8</v>
       </c>
       <c r="F57" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>175</v>
       </c>
       <c r="B58" t="s">
         <v>176</v>
       </c>
       <c r="C58" t="s">
-        <v>177</v>
+        <v>7</v>
       </c>
       <c r="D58" t="s">
         <v>176</v>
       </c>
       <c r="E58" t="s">
-        <v>178</v>
+        <v>8</v>
       </c>
       <c r="F58" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
+        <v>178</v>
+      </c>
+      <c r="B59" t="s">
+        <v>179</v>
+      </c>
+      <c r="C59" t="s">
+        <v>7</v>
+      </c>
+      <c r="D59" t="s">
+        <v>179</v>
+      </c>
+      <c r="E59" t="s">
+        <v>8</v>
+      </c>
+      <c r="F59" t="s">
         <v>180</v>
-      </c>
-[...13 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
+        <v>181</v>
+      </c>
+      <c r="B60" t="s">
+        <v>182</v>
+      </c>
+      <c r="C60" t="s">
+        <v>7</v>
+      </c>
+      <c r="D60" t="s">
+        <v>182</v>
+      </c>
+      <c r="E60" t="s">
+        <v>8</v>
+      </c>
+      <c r="F60" t="s">
         <v>183</v>
-      </c>
-[...13 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
+        <v>184</v>
+      </c>
+      <c r="B61" t="s">
+        <v>185</v>
+      </c>
+      <c r="C61" t="s">
+        <v>7</v>
+      </c>
+      <c r="D61" t="s">
+        <v>185</v>
+      </c>
+      <c r="E61" t="s">
+        <v>8</v>
+      </c>
+      <c r="F61" t="s">
         <v>186</v>
-      </c>
-[...13 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B62" t="s">
+        <v>188</v>
+      </c>
+      <c r="C62" t="s">
+        <v>7</v>
+      </c>
+      <c r="D62" t="s">
+        <v>188</v>
+      </c>
+      <c r="E62" t="s">
+        <v>8</v>
+      </c>
+      <c r="F62" t="s">
         <v>189</v>
-      </c>
-[...13 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
+        <v>190</v>
+      </c>
+      <c r="B63" t="s">
+        <v>191</v>
+      </c>
+      <c r="C63" t="s">
+        <v>7</v>
+      </c>
+      <c r="D63" t="s">
+        <v>191</v>
+      </c>
+      <c r="E63" t="s">
+        <v>8</v>
+      </c>
+      <c r="F63" t="s">
         <v>192</v>
-      </c>
-[...13 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
+        <v>193</v>
+      </c>
+      <c r="B64" t="s">
+        <v>194</v>
+      </c>
+      <c r="C64" t="s">
+        <v>7</v>
+      </c>
+      <c r="D64" t="s">
+        <v>194</v>
+      </c>
+      <c r="E64" t="s">
+        <v>8</v>
+      </c>
+      <c r="F64" t="s">
         <v>195</v>
-      </c>
-[...13 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B65" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C65" t="s">
         <v>7</v>
       </c>
       <c r="D65" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="E65" t="s">
         <v>8</v>
       </c>
       <c r="F65" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B66" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C66" t="s">
         <v>7</v>
       </c>
       <c r="D66" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E66" t="s">
         <v>8</v>
       </c>
       <c r="F66" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B67" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C67" t="s">
         <v>7</v>
       </c>
       <c r="D67" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="E67" t="s">
         <v>8</v>
       </c>
       <c r="F67" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B68" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C68" t="s">
         <v>7</v>
       </c>
       <c r="D68" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="E68" t="s">
         <v>8</v>
       </c>
       <c r="F68" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B69" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C69" t="s">
         <v>7</v>
       </c>
       <c r="D69" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E69" t="s">
         <v>8</v>
       </c>
       <c r="F69" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B70" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C70" t="s">
         <v>7</v>
       </c>
       <c r="D70" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="E70" t="s">
         <v>8</v>
       </c>
       <c r="F70" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
+        <v>214</v>
+      </c>
+      <c r="B71" t="s">
+        <v>215</v>
+      </c>
+      <c r="C71" t="s">
+        <v>216</v>
+      </c>
+      <c r="D71" t="s">
+        <v>215</v>
+      </c>
+      <c r="E71" t="s">
         <v>217</v>
       </c>
-      <c r="B71" t="s">
+      <c r="F71" t="s">
         <v>218</v>
-      </c>
-[...10 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
+        <v>219</v>
+      </c>
+      <c r="B72" t="s">
         <v>220</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
+        <v>7</v>
+      </c>
+      <c r="D72" t="s">
+        <v>220</v>
+      </c>
+      <c r="E72" t="s">
+        <v>8</v>
+      </c>
+      <c r="F72" t="s">
         <v>221</v>
-      </c>
-[...10 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
+        <v>222</v>
+      </c>
+      <c r="B73" t="s">
         <v>223</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
+        <v>7</v>
+      </c>
+      <c r="D73" t="s">
+        <v>223</v>
+      </c>
+      <c r="E73" t="s">
+        <v>8</v>
+      </c>
+      <c r="F73" t="s">
         <v>224</v>
-      </c>
-[...10 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
+        <v>225</v>
+      </c>
+      <c r="B74" t="s">
         <v>226</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" t="s">
         <v>7</v>
       </c>
       <c r="D74" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E74" t="s">
-        <v>178</v>
+        <v>8</v>
       </c>
       <c r="F74" t="s">
         <v>227</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" t="s">
+        <v>228</v>
+      </c>
+      <c r="B75" t="s">
+        <v>229</v>
+      </c>
+      <c r="C75" t="s">
+        <v>7</v>
+      </c>
+      <c r="D75" t="s">
+        <v>229</v>
+      </c>
+      <c r="E75" t="s">
+        <v>8</v>
+      </c>
+      <c r="F75" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" t="s">
+        <v>231</v>
+      </c>
+      <c r="B76" t="s">
+        <v>232</v>
+      </c>
+      <c r="C76" t="s">
+        <v>7</v>
+      </c>
+      <c r="D76" t="s">
+        <v>232</v>
+      </c>
+      <c r="E76" t="s">
+        <v>8</v>
+      </c>
+      <c r="F76" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>234</v>
+      </c>
+      <c r="B77" t="s">
+        <v>235</v>
+      </c>
+      <c r="C77" t="s">
+        <v>7</v>
+      </c>
+      <c r="D77" t="s">
+        <v>235</v>
+      </c>
+      <c r="E77" t="s">
+        <v>236</v>
+      </c>
+      <c r="F77" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>238</v>
+      </c>
+      <c r="B78" t="s">
+        <v>239</v>
+      </c>
+      <c r="C78" t="s">
+        <v>7</v>
+      </c>
+      <c r="D78" t="s">
+        <v>239</v>
+      </c>
+      <c r="E78" t="s">
+        <v>8</v>
+      </c>
+      <c r="F78" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>241</v>
+      </c>
+      <c r="B79" t="s">
+        <v>242</v>
+      </c>
+      <c r="C79" t="s">
+        <v>7</v>
+      </c>
+      <c r="D79" t="s">
+        <v>242</v>
+      </c>
+      <c r="E79" t="s">
+        <v>8</v>
+      </c>
+      <c r="F79" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" t="s">
+        <v>244</v>
+      </c>
+      <c r="B80" t="s">
+        <v>245</v>
+      </c>
+      <c r="C80" t="s">
+        <v>7</v>
+      </c>
+      <c r="D80" t="s">
+        <v>245</v>
+      </c>
+      <c r="E80" t="s">
+        <v>8</v>
+      </c>
+      <c r="F80" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" t="s">
+        <v>247</v>
+      </c>
+      <c r="B81" t="s">
+        <v>248</v>
+      </c>
+      <c r="C81" t="s">
+        <v>7</v>
+      </c>
+      <c r="D81" t="s">
+        <v>248</v>
+      </c>
+      <c r="E81" t="s">
+        <v>8</v>
+      </c>
+      <c r="F81" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" t="s">
+        <v>250</v>
+      </c>
+      <c r="B82" t="s">
+        <v>251</v>
+      </c>
+      <c r="C82" t="s">
+        <v>7</v>
+      </c>
+      <c r="D82" t="s">
+        <v>251</v>
+      </c>
+      <c r="E82" t="s">
+        <v>8</v>
+      </c>
+      <c r="F82" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" t="s">
+        <v>253</v>
+      </c>
+      <c r="B83" t="s">
+        <v>254</v>
+      </c>
+      <c r="C83" t="s">
+        <v>7</v>
+      </c>
+      <c r="D83" t="s">
+        <v>254</v>
+      </c>
+      <c r="E83" t="s">
+        <v>8</v>
+      </c>
+      <c r="F83" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" t="s">
+        <v>256</v>
+      </c>
+      <c r="B84" t="s">
+        <v>257</v>
+      </c>
+      <c r="C84" t="s">
+        <v>7</v>
+      </c>
+      <c r="D84" t="s">
+        <v>257</v>
+      </c>
+      <c r="E84" t="s">
+        <v>8</v>
+      </c>
+      <c r="F84" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85" t="s">
+        <v>259</v>
+      </c>
+      <c r="B85" t="s">
+        <v>260</v>
+      </c>
+      <c r="C85" t="s">
+        <v>7</v>
+      </c>
+      <c r="D85" t="s">
+        <v>260</v>
+      </c>
+      <c r="E85" t="s">
+        <v>8</v>
+      </c>
+      <c r="F85" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" t="s">
+        <v>262</v>
+      </c>
+      <c r="B86" t="s">
+        <v>263</v>
+      </c>
+      <c r="C86" t="s">
+        <v>217</v>
+      </c>
+      <c r="D86" t="s">
+        <v>263</v>
+      </c>
+      <c r="E86" t="s">
+        <v>8</v>
+      </c>
+      <c r="F86" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" t="s">
+        <v>265</v>
+      </c>
+      <c r="B87" t="s">
+        <v>263</v>
+      </c>
+      <c r="C87" t="s">
+        <v>7</v>
+      </c>
+      <c r="D87" t="s">
+        <v>263</v>
+      </c>
+      <c r="E87" t="s">
+        <v>217</v>
+      </c>
+      <c r="F87" t="s">
+        <v>266</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>